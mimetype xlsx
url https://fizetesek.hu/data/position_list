--- v0 (2025-10-21)
+++ v1 (2025-11-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2565">
   <si>
     <t>A fizetési felmérésben szereplő munkakörök listája</t>
   </si>
   <si>
     <t>www.fizetesek.hu</t>
   </si>
   <si>
     <t>Frissítve:</t>
   </si>
   <si>
-    <t>10/2025</t>
+    <t>11/2025</t>
   </si>
   <si>
     <t>Pozíciók száma</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_hu</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_hu</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_hu</t>
   </si>
   <si>
     <t>Administration</t>
   </si>