--- v1 (2025-11-20)
+++ v2 (2026-01-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2565">
   <si>
     <t>A fizetési felmérésben szereplő munkakörök listája</t>
   </si>
   <si>
     <t>www.fizetesek.hu</t>
   </si>
   <si>
     <t>Frissítve:</t>
   </si>
   <si>
-    <t>11/2025</t>
+    <t>01/2026</t>
   </si>
   <si>
     <t>Pozíciók száma</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_hu</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_hu</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_hu</t>
   </si>
   <si>
     <t>Administration</t>
   </si>