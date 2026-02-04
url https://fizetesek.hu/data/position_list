--- v2 (2026-01-06)
+++ v3 (2026-02-04)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2565">
   <si>
     <t>A fizetési felmérésben szereplő munkakörök listája</t>
   </si>
   <si>
     <t>www.fizetesek.hu</t>
   </si>
   <si>
     <t>Frissítve:</t>
   </si>
   <si>
-    <t>01/2026</t>
+    <t>02/2026</t>
   </si>
   <si>
     <t>Pozíciók száma</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_hu</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_hu</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_hu</t>
   </si>
   <si>
     <t>Administration</t>
   </si>