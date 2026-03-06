--- v3 (2026-02-04)
+++ v4 (2026-03-06)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2565">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2569">
   <si>
     <t>A fizetési felmérésben szereplő munkakörök listája</t>
   </si>
   <si>
     <t>www.fizetesek.hu</t>
   </si>
   <si>
     <t>Frissítve:</t>
   </si>
   <si>
-    <t>02/2026</t>
+    <t>03/2026</t>
   </si>
   <si>
     <t>Pozíciók száma</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_hu</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_hu</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_hu</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
@@ -3588,58 +3588,58 @@
 * Pénzügyi kimutatások, költségvetések és előrejelzések készítése és elemzése.
 * A hónapvégi és évvégi zárási folyamatok támogatása.
 * A pénzügyi szabályozások és belső ellenőrzések betartásának biztosítása.
 * Eltérés-elemzés végzése és a pénzügyi teljesítmény trendjeinek azonosítása.
 * Együttműködés különböző osztályokkal pénzügyi adatok és információk gyűjtése érdekében.
 * A vezetés és az érdekeltek számára készülő pénzügyi jelentések elkészítésének támogatása.
 * Pontos pénzügyi nyilvántartás és dokumentáció vezetése.
 * Részt vétel az ellenőrzésekben és az ellenőrzési lekérdezések időben történő megválaszolásának biztosítása.
 * A pénzügyi irányelvek és eljárások megvalósításának támogatása.
 * A készpénz-áramlás kezelésének és a pénzügyi tranzakciók nyomon követésének támogatása.
 * Adminisztratív támogatás nyújtása a pénzügyi csapatnak szükség szerint.
 * Hozzájárulás a pénzügyi osztályon belüli folyamatszervezési kezdeményezésekhez.
 * Részvétel a szakmai fejlesztésben az iparági trendek és szabályozások nyomon követése érdekében.</t>
   </si>
   <si>
     <t>Assistant of Auditor</t>
   </si>
   <si>
     <t>Könyvvizsgálói asszisztens</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
-* Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
-[...6 lines deleted...]
-* Együttműködés a Szlovák Könyvvizsgálói Kamarával a könyvvizsgálói szolgáltatások minőségének ellenőrzése esetén.</t>
+* Providing co-operation to the Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
+  </si>
+  <si>
+    <t>* Gazdasági tevékenységek végzése (a könyvvizsgálati szolgáltatások eredményeiről szóló írásos jelentés aláírásának kivételével) minősített könyvvizsgáló irányítása alatt.
+* Ügyfelek pénzügyi kimutatásainak ellenőrzése.
+* Könyvvizsgálati dokumentáció kezelése.
+* A könyvvizsgáló asszisztensének munkaügyi nyilvántartásának vezetése.
+* Együttműködés biztosítása a Könyvvizsgálói Kamarával minőségellenőrzés esetén a könyvvizsgálati szolgáltatások teljesítésével kapcsolatban.</t>
   </si>
   <si>
     <t>Assistant to a Tax Advisor</t>
   </si>
   <si>
     <t>Adótanácsadói asszisztens</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
     <t>* Gazdasági tevékenységek végzése tanúsítvánnyal rendelkező adótanácsadó irányítása alatt.
 * Adózási vélemények készítése szlovák és/vagy idegen nyelven.
 * Természetes és jogi személyek jövedelemadójának kiszámítása.
 * Adóbevallások készítése természetes és jogi személyek jövedelemadójához, ÁFA-hoz, ingatlanadóhoz, gépjárműadóhoz és jövedéki adóhoz.
 * Adóalanyok regisztrálása az illetékes adóhatóságokon.
 * Kommunikáció a társaság ügyfeleivel és az adóigazgatási képviselőkkel.</t>
   </si>
   <si>
     <t>Auditor</t>
@@ -13648,50 +13648,84 @@
 * Receiving and resolving reported claims and complaints.</t>
   </si>
   <si>
     <t>* Repülőjegyek, utazások és kiegészítő idegenforgalmi szolgáltatások értékesítése.
 * Tanácsadás az idegenforgalom területén.
 * Belső foglalási rendszer kezelése.
 * Felelős a számlázott árak ellenőrzéséért és helyességéért.
 * Utazási szerződések kötése. 
 * Személyes, telefonos, e-mailes, esetleg faxon történő kommunikáció biztosítása az ügyfelekkel. 
 * Az értékesítés támogatására irányuló tevékenységek tervezése és megvalósítása.
 * Bejelentett reklamációk és panaszok felvétele és kezelése.</t>
   </si>
   <si>
     <t>Bosun</t>
   </si>
   <si>
     <t>Hajós</t>
   </si>
   <si>
     <t>* steering the vessel, steersman's work
 * mooring vessels with steel ropes</t>
   </si>
   <si>
     <t>* hajóvezetés, kormányzási műveletek
 * hajók kikötése acélkötéllel</t>
+  </si>
+  <si>
+    <t>Catering manager</t>
+  </si>
+  <si>
+    <t>Catering menedzser</t>
+  </si>
+  <si>
+    <t>* Preparing, and overseeing activities related to food preparation.
+* Planning menus in consultation with chefs.
+* Recruiting and training permanent and casual staff.
+* Planning staff shifts and rotes.
+* Ensuring health and safety regulations are strictly observed.
+* Monitoring the quality of the product and service provided.
+* Keeping financial and administrative records.
+* Managing the payroll and monitoring spending levels.
+* Maintaining stock levels and ordering new supplies as required.
+* Interacting with customers if involved with front of house work.
+* Liaising with suppliers and clients.
+* Negotiating contracts with customers, assessing their requirements and ensuring they are satisfied with the service delivered (in contract catering).</t>
+  </si>
+  <si>
+    <t>* Élelmiszer elkészítésével kapcsolatos tevékenységek előkészítése és felügyelete.
+* Menük tervezése séfekkel való konzultáció alapján.
+* Állandó és alkalmi személyzet toborzása és kiképzése.
+* Személyzet munkabeosztásának és rotációjának megtervezése.
+* Az egészségügyi és biztonsági előírások szigorú betartásának biztosítása.
+* A termék és a szolgáltatás minőségének ellenőrzése.
+* Pénzügyi és adminisztratív nyilvántartások vezetése.
+* Bérszámfejtés kezelése és a költekezés szintjének nyomon követése.
+* Készlet szintjének fenntartása és új beszerzések megrendelése szükség szerint.
+* Ügyfelekkel való kapcsolattartás, ha a munka az ügyfélfogadással kapcsolatos.
+* Beszállítókkal és ügyfelekkel való kapcsolattartás.
+* Szerződések tárgyalása az ügyfelekkel, igényeik felmérése és az ügyfél elégedettség biztosítása a szolgáltatás minőségével kapcsolatban (szerződéses étkeztetés esetén).</t>
   </si>
   <si>
     <t>Chambermaid</t>
   </si>
   <si>
     <t>Szobalány</t>
   </si>
   <si>
     <t>* Cleaning of rooms, hallways, and common areas.
 * Regular vacuuming and dusting.
 * Making the beds and adjusting the sheeting.
 * Changing used bed linen and towels.
 * Cleaning bathrooms and toilets and refilling missing toiletries.
 * Emptying dustbins and changing used ashtrays.
 * Replenishing the contents of room mini-bars and refrigerators.</t>
   </si>
   <si>
     <t>* Szobák, folyosók és közös helyiségek takarítása.
 * Rendszeres porszívózás és portörlés.
 * Ágyazás, ágyigazítás.
 * Használt ágynemű- és törölközőcsere.
 * Higiéniai és szociális berendezések tisztítása, hiányzó higiéniai szerek feltöltése.
 * Szemétkosarak kiürítése, használt hamutartók cseréje.
 * Szobai hűtőszekrények és mini bárok tartalmának feltöltése.</t>
   </si>
@@ -15562,88 +15596,88 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F665"/>
+  <dimension ref="A1:F666"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F665"/>
+      <selection activeCell="E6" sqref="E6:F666"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
@@ -27533,68 +27567,68 @@
       </c>
       <c r="C600" t="s">
         <v>2304</v>
       </c>
       <c r="D600" t="s">
         <v>2305</v>
       </c>
       <c r="E600" s="2" t="s">
         <v>2306</v>
       </c>
       <c r="F600" s="2" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
         <v>2274</v>
       </c>
       <c r="B601" t="s">
         <v>2275</v>
       </c>
       <c r="C601" t="s">
         <v>2308</v>
       </c>
       <c r="D601" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
         <v>2274</v>
       </c>
       <c r="B602" t="s">
         <v>2275</v>
       </c>
       <c r="C602" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="D602" t="s">
         <v>2312</v>
       </c>
       <c r="E602" s="2" t="s">
         <v>2313</v>
       </c>
       <c r="F602" s="2" t="s">
         <v>2314</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
         <v>2274</v>
       </c>
       <c r="B603" t="s">
         <v>2275</v>
       </c>
       <c r="C603" t="s">
         <v>2315</v>
       </c>
       <c r="D603" t="s">
         <v>2316</v>
       </c>
       <c r="E603" s="2" t="s">
@@ -27653,68 +27687,68 @@
       </c>
       <c r="C606" t="s">
         <v>2327</v>
       </c>
       <c r="D606" t="s">
         <v>2328</v>
       </c>
       <c r="E606" s="2" t="s">
         <v>2329</v>
       </c>
       <c r="F606" s="2" t="s">
         <v>2330</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
         <v>2274</v>
       </c>
       <c r="B607" t="s">
         <v>2275</v>
       </c>
       <c r="C607" t="s">
         <v>2331</v>
       </c>
       <c r="D607" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
         <v>2274</v>
       </c>
       <c r="B608" t="s">
         <v>2275</v>
       </c>
       <c r="C608" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="D608" t="s">
         <v>2335</v>
       </c>
       <c r="E608" s="2" t="s">
         <v>2336</v>
       </c>
       <c r="F608" s="2" t="s">
         <v>2337</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
         <v>2274</v>
       </c>
       <c r="B609" t="s">
         <v>2275</v>
       </c>
       <c r="C609" t="s">
         <v>2338</v>
       </c>
       <c r="D609" t="s">
         <v>2339</v>
       </c>
       <c r="E609" s="2" t="s">
@@ -27730,131 +27764,131 @@
       </c>
       <c r="B610" t="s">
         <v>2275</v>
       </c>
       <c r="C610" t="s">
         <v>2342</v>
       </c>
       <c r="D610" t="s">
         <v>2343</v>
       </c>
       <c r="E610" s="2" t="s">
         <v>2344</v>
       </c>
       <c r="F610" s="2" t="s">
         <v>2345</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
         <v>2274</v>
       </c>
       <c r="B611" t="s">
         <v>2275</v>
       </c>
       <c r="C611" t="s">
-        <v>68</v>
+        <v>2346</v>
       </c>
       <c r="D611" t="s">
-        <v>69</v>
+        <v>2347</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
         <v>2274</v>
       </c>
       <c r="B612" t="s">
         <v>2275</v>
       </c>
       <c r="C612" t="s">
-        <v>2348</v>
+        <v>68</v>
       </c>
       <c r="D612" t="s">
-        <v>2349</v>
+        <v>69</v>
       </c>
       <c r="E612" s="2" t="s">
         <v>2350</v>
       </c>
       <c r="F612" s="2" t="s">
         <v>2351</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
         <v>2274</v>
       </c>
       <c r="B613" t="s">
         <v>2275</v>
       </c>
       <c r="C613" t="s">
         <v>2352</v>
       </c>
       <c r="D613" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
         <v>2274</v>
       </c>
       <c r="B614" t="s">
         <v>2275</v>
       </c>
       <c r="C614" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="D614" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
         <v>2274</v>
       </c>
       <c r="B615" t="s">
         <v>2275</v>
       </c>
       <c r="C615" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="D615" t="s">
         <v>2359</v>
       </c>
       <c r="E615" s="2" t="s">
         <v>2360</v>
       </c>
       <c r="F615" s="2" t="s">
         <v>2361</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
         <v>2274</v>
       </c>
       <c r="B616" t="s">
         <v>2275</v>
       </c>
       <c r="C616" t="s">
         <v>2362</v>
       </c>
       <c r="D616" t="s">
         <v>2363</v>
       </c>
       <c r="E616" s="2" t="s">
@@ -27864,1006 +27898,1026 @@
         <v>2365</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
         <v>2274</v>
       </c>
       <c r="B617" t="s">
         <v>2275</v>
       </c>
       <c r="C617" t="s">
         <v>2366</v>
       </c>
       <c r="D617" t="s">
         <v>2367</v>
       </c>
       <c r="E617" s="2" t="s">
         <v>2368</v>
       </c>
       <c r="F617" s="2" t="s">
         <v>2369</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B618" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C618" t="s">
         <v>2370</v>
       </c>
-      <c r="B618" t="s">
+      <c r="D618" t="s">
         <v>2371</v>
       </c>
-      <c r="C618" t="s">
+      <c r="E618" s="2" t="s">
         <v>2372</v>
       </c>
-      <c r="D618" t="s">
+      <c r="F618" s="2" t="s">
         <v>2373</v>
-      </c>
-[...4 lines deleted...]
-        <v>2375</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2370</v>
+        <v>2374</v>
       </c>
       <c r="B619" t="s">
-        <v>2371</v>
+        <v>2375</v>
       </c>
       <c r="C619" t="s">
-        <v>1328</v>
+        <v>2376</v>
       </c>
       <c r="D619" t="s">
-        <v>1329</v>
+        <v>2377</v>
       </c>
       <c r="E619" s="2" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2370</v>
+        <v>2374</v>
       </c>
       <c r="B620" t="s">
-        <v>2371</v>
+        <v>2375</v>
       </c>
       <c r="C620" t="s">
-        <v>2378</v>
+        <v>1328</v>
       </c>
       <c r="D620" t="s">
-        <v>2379</v>
+        <v>1329</v>
       </c>
       <c r="E620" s="2" t="s">
         <v>2380</v>
       </c>
       <c r="F620" s="2" t="s">
         <v>2381</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B621" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C621" t="s">
         <v>2382</v>
       </c>
-      <c r="B621" t="s">
+      <c r="D621" t="s">
         <v>2383</v>
       </c>
-      <c r="C621" t="s">
+      <c r="E621" s="2" t="s">
         <v>2384</v>
       </c>
-      <c r="D621" t="s">
+      <c r="F621" s="2" t="s">
         <v>2385</v>
-      </c>
-[...4 lines deleted...]
-        <v>2387</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B622" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C622" t="s">
         <v>2388</v>
       </c>
       <c r="D622" t="s">
         <v>2389</v>
       </c>
       <c r="E622" s="2" t="s">
         <v>2390</v>
       </c>
       <c r="F622" s="2" t="s">
         <v>2391</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B623" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C623" t="s">
         <v>2392</v>
       </c>
       <c r="D623" t="s">
         <v>2393</v>
       </c>
       <c r="E623" s="2" t="s">
         <v>2394</v>
       </c>
       <c r="F623" s="2" t="s">
         <v>2395</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B624" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C624" t="s">
         <v>2396</v>
       </c>
       <c r="D624" t="s">
         <v>2397</v>
       </c>
       <c r="E624" s="2" t="s">
         <v>2398</v>
       </c>
       <c r="F624" s="2" t="s">
         <v>2399</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B625" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C625" t="s">
         <v>2400</v>
       </c>
       <c r="D625" t="s">
         <v>2401</v>
       </c>
       <c r="E625" s="2" t="s">
         <v>2402</v>
       </c>
       <c r="F625" s="2" t="s">
         <v>2403</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B626" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C626" t="s">
         <v>2404</v>
       </c>
       <c r="D626" t="s">
         <v>2405</v>
       </c>
       <c r="E626" s="2" t="s">
         <v>2406</v>
       </c>
       <c r="F626" s="2" t="s">
         <v>2407</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B627" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C627" t="s">
         <v>2408</v>
       </c>
       <c r="D627" t="s">
         <v>2409</v>
       </c>
       <c r="E627" s="2" t="s">
         <v>2410</v>
       </c>
       <c r="F627" s="2" t="s">
         <v>2411</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B628" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C628" t="s">
         <v>2412</v>
       </c>
       <c r="D628" t="s">
         <v>2413</v>
       </c>
       <c r="E628" s="2" t="s">
         <v>2414</v>
       </c>
       <c r="F628" s="2" t="s">
         <v>2415</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B629" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C629" t="s">
         <v>2416</v>
       </c>
       <c r="D629" t="s">
         <v>2417</v>
       </c>
       <c r="E629" s="2" t="s">
         <v>2418</v>
       </c>
       <c r="F629" s="2" t="s">
         <v>2419</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B630" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C630" t="s">
         <v>2420</v>
       </c>
       <c r="D630" t="s">
         <v>2421</v>
       </c>
       <c r="E630" s="2" t="s">
         <v>2422</v>
       </c>
       <c r="F630" s="2" t="s">
         <v>2423</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B631" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C631" t="s">
         <v>2424</v>
       </c>
       <c r="D631" t="s">
         <v>2425</v>
       </c>
       <c r="E631" s="2" t="s">
         <v>2426</v>
       </c>
       <c r="F631" s="2" t="s">
         <v>2427</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B632" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C632" t="s">
         <v>2428</v>
       </c>
       <c r="D632" t="s">
         <v>2429</v>
       </c>
       <c r="E632" s="2" t="s">
         <v>2430</v>
       </c>
       <c r="F632" s="2" t="s">
         <v>2431</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B633" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C633" t="s">
         <v>2432</v>
       </c>
       <c r="D633" t="s">
         <v>2433</v>
       </c>
       <c r="E633" s="2" t="s">
         <v>2434</v>
       </c>
       <c r="F633" s="2" t="s">
         <v>2435</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B634" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C634" t="s">
         <v>2436</v>
       </c>
       <c r="D634" t="s">
         <v>2437</v>
       </c>
       <c r="E634" s="2" t="s">
         <v>2438</v>
       </c>
       <c r="F634" s="2" t="s">
         <v>2439</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B635" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C635" t="s">
         <v>2440</v>
       </c>
       <c r="D635" t="s">
         <v>2441</v>
       </c>
       <c r="E635" s="2" t="s">
         <v>2442</v>
       </c>
       <c r="F635" s="2" t="s">
         <v>2443</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B636" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C636" t="s">
         <v>2444</v>
       </c>
       <c r="D636" t="s">
         <v>2445</v>
       </c>
       <c r="E636" s="2" t="s">
         <v>2446</v>
       </c>
       <c r="F636" s="2" t="s">
         <v>2447</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B637" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C637" t="s">
         <v>2448</v>
       </c>
       <c r="D637" t="s">
         <v>2449</v>
       </c>
       <c r="E637" s="2" t="s">
         <v>2450</v>
       </c>
       <c r="F637" s="2" t="s">
         <v>2451</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B638" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C638" t="s">
         <v>2452</v>
       </c>
       <c r="D638" t="s">
         <v>2453</v>
       </c>
       <c r="E638" s="2" t="s">
         <v>2454</v>
       </c>
       <c r="F638" s="2" t="s">
         <v>2455</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B639" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C639" t="s">
         <v>2456</v>
       </c>
       <c r="D639" t="s">
         <v>2457</v>
       </c>
       <c r="E639" s="2" t="s">
         <v>2458</v>
       </c>
       <c r="F639" s="2" t="s">
         <v>2459</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B640" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C640" t="s">
         <v>2460</v>
       </c>
       <c r="D640" t="s">
         <v>2461</v>
       </c>
       <c r="E640" s="2" t="s">
         <v>2462</v>
       </c>
       <c r="F640" s="2" t="s">
         <v>2463</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B641" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C641" t="s">
         <v>2464</v>
       </c>
       <c r="D641" t="s">
         <v>2465</v>
       </c>
       <c r="E641" s="2" t="s">
         <v>2466</v>
       </c>
       <c r="F641" s="2" t="s">
         <v>2467</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B642" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C642" t="s">
         <v>2468</v>
       </c>
       <c r="D642" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B643" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C643" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="D643" t="s">
         <v>2472</v>
       </c>
       <c r="E643" s="2" t="s">
         <v>2473</v>
       </c>
       <c r="F643" s="2" t="s">
         <v>2474</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B644" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C644" t="s">
         <v>2475</v>
       </c>
       <c r="D644" t="s">
         <v>2476</v>
       </c>
       <c r="E644" s="2" t="s">
         <v>2477</v>
       </c>
       <c r="F644" s="2" t="s">
         <v>2478</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B645" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C645" t="s">
         <v>2479</v>
       </c>
       <c r="D645" t="s">
         <v>2480</v>
       </c>
       <c r="E645" s="2" t="s">
         <v>2481</v>
       </c>
       <c r="F645" s="2" t="s">
         <v>2482</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B646" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C646" t="s">
         <v>2483</v>
       </c>
       <c r="D646" t="s">
         <v>2484</v>
       </c>
       <c r="E646" s="2" t="s">
         <v>2485</v>
       </c>
       <c r="F646" s="2" t="s">
         <v>2486</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B647" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C647" t="s">
         <v>2487</v>
       </c>
       <c r="D647" t="s">
         <v>2488</v>
       </c>
       <c r="E647" s="2" t="s">
         <v>2489</v>
       </c>
       <c r="F647" s="2" t="s">
         <v>2490</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B648" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C648" t="s">
         <v>2491</v>
       </c>
       <c r="D648" t="s">
         <v>2492</v>
       </c>
       <c r="E648" s="2" t="s">
         <v>2493</v>
       </c>
       <c r="F648" s="2" t="s">
         <v>2494</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="B649" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C649" t="s">
         <v>2495</v>
       </c>
       <c r="D649" t="s">
         <v>2496</v>
       </c>
       <c r="E649" s="2" t="s">
         <v>2497</v>
       </c>
       <c r="F649" s="2" t="s">
         <v>2498</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B650" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C650" t="s">
         <v>2499</v>
       </c>
-      <c r="B650" t="s">
+      <c r="D650" t="s">
         <v>2500</v>
       </c>
-      <c r="C650" t="s">
+      <c r="E650" s="2" t="s">
         <v>2501</v>
       </c>
-      <c r="D650" t="s">
+      <c r="F650" s="2" t="s">
         <v>2502</v>
-      </c>
-[...4 lines deleted...]
-        <v>2504</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="B651" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="C651" t="s">
         <v>2505</v>
       </c>
       <c r="D651" t="s">
         <v>2506</v>
       </c>
       <c r="E651" s="2" t="s">
         <v>2507</v>
       </c>
       <c r="F651" s="2" t="s">
         <v>2508</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="B652" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="C652" t="s">
         <v>2509</v>
       </c>
       <c r="D652" t="s">
         <v>2510</v>
       </c>
       <c r="E652" s="2" t="s">
         <v>2511</v>
       </c>
       <c r="F652" s="2" t="s">
         <v>2512</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="B653" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="C653" t="s">
         <v>2513</v>
       </c>
       <c r="D653" t="s">
         <v>2514</v>
       </c>
       <c r="E653" s="2" t="s">
         <v>2515</v>
       </c>
       <c r="F653" s="2" t="s">
         <v>2516</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="B654" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="C654" t="s">
         <v>2517</v>
       </c>
       <c r="D654" t="s">
         <v>2518</v>
       </c>
       <c r="E654" s="2" t="s">
         <v>2519</v>
       </c>
       <c r="F654" s="2" t="s">
         <v>2520</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="B655" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="C655" t="s">
         <v>2521</v>
       </c>
       <c r="D655" t="s">
         <v>2522</v>
       </c>
       <c r="E655" s="2" t="s">
         <v>2523</v>
       </c>
       <c r="F655" s="2" t="s">
         <v>2524</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="B656" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="C656" t="s">
         <v>2525</v>
       </c>
       <c r="D656" t="s">
         <v>2526</v>
       </c>
       <c r="E656" s="2" t="s">
         <v>2527</v>
       </c>
       <c r="F656" s="2" t="s">
         <v>2528</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="B657" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="C657" t="s">
         <v>2529</v>
       </c>
       <c r="D657" t="s">
         <v>2530</v>
       </c>
       <c r="E657" s="2" t="s">
         <v>2531</v>
       </c>
       <c r="F657" s="2" t="s">
         <v>2532</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="B658" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="C658" t="s">
         <v>2533</v>
       </c>
       <c r="D658" t="s">
         <v>2534</v>
       </c>
       <c r="E658" s="2" t="s">
         <v>2535</v>
       </c>
       <c r="F658" s="2" t="s">
         <v>2536</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B659" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C659" t="s">
         <v>2537</v>
       </c>
-      <c r="B659" t="s">
+      <c r="D659" t="s">
         <v>2538</v>
       </c>
-      <c r="C659" t="s">
+      <c r="E659" s="2" t="s">
         <v>2539</v>
       </c>
-      <c r="D659" t="s">
+      <c r="F659" s="2" t="s">
         <v>2540</v>
-      </c>
-[...4 lines deleted...]
-        <v>2542</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>2537</v>
+        <v>2541</v>
       </c>
       <c r="B660" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="C660" t="s">
-        <v>287</v>
+        <v>2543</v>
       </c>
       <c r="D660" t="s">
-        <v>288</v>
+        <v>2544</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>2543</v>
+        <v>2545</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>2544</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>2537</v>
+        <v>2541</v>
       </c>
       <c r="B661" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="C661" t="s">
-        <v>2545</v>
+        <v>287</v>
       </c>
       <c r="D661" t="s">
-        <v>2546</v>
+        <v>288</v>
       </c>
       <c r="E661" s="2" t="s">
         <v>2547</v>
       </c>
       <c r="F661" s="2" t="s">
         <v>2548</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>2537</v>
+        <v>2541</v>
       </c>
       <c r="B662" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="C662" t="s">
         <v>2549</v>
       </c>
       <c r="D662" t="s">
         <v>2550</v>
       </c>
       <c r="E662" s="2" t="s">
         <v>2551</v>
       </c>
       <c r="F662" s="2" t="s">
         <v>2552</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>2537</v>
+        <v>2541</v>
       </c>
       <c r="B663" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="C663" t="s">
         <v>2553</v>
       </c>
       <c r="D663" t="s">
         <v>2554</v>
       </c>
       <c r="E663" s="2" t="s">
         <v>2555</v>
       </c>
       <c r="F663" s="2" t="s">
         <v>2556</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>2537</v>
+        <v>2541</v>
       </c>
       <c r="B664" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="C664" t="s">
         <v>2557</v>
       </c>
       <c r="D664" t="s">
         <v>2558</v>
       </c>
       <c r="E664" s="2" t="s">
         <v>2559</v>
       </c>
       <c r="F664" s="2" t="s">
         <v>2560</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>2537</v>
+        <v>2541</v>
       </c>
       <c r="B665" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="C665" t="s">
         <v>2561</v>
       </c>
       <c r="D665" t="s">
         <v>2562</v>
       </c>
       <c r="E665" s="2" t="s">
         <v>2563</v>
       </c>
       <c r="F665" s="2" t="s">
         <v>2564</v>
+      </c>
+    </row>
+    <row r="666" spans="1:6">
+      <c r="A666" t="s">
+        <v>2541</v>
+      </c>
+      <c r="B666" t="s">
+        <v>2542</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2565</v>
+      </c>
+      <c r="D666" t="s">
+        <v>2566</v>
+      </c>
+      <c r="E666" s="2" t="s">
+        <v>2567</v>
+      </c>
+      <c r="F666" s="2" t="s">
+        <v>2568</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">